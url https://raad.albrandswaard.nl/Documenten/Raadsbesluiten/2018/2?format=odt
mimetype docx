--- v0 (2025-11-28)
+++ v1 (2025-11-29)
@@ -230,51 +230,51 @@
         <table:table-column table:style-name="Table1.B"/>
         <table:table-column table:style-name="Table1.C"/>
         <table:table-column table:style-name="Table1.D"/>
         <table:table-row table:style-name="Table1.1">
           <table:table-cell table:style-name="Table1.A1" table:number-rows-spanned="2" office:value-type="string">
             <text:p text:style-name="Standard">
               <draw:frame draw:style-name="fr4" draw:name="Image1" text:anchor-type="as-char" svg:y="0in" svg:width="0.7874in" svg:height="0.189in" draw:z-index="30">
                 <draw:image xlink:href="Pictures/10000001000000D900000034B9875D62.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
               </draw:frame>
             </text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" table:number-rows-spanned="2" office:value-type="string">
             <text:p text:style-name="P1">Gemeente Albrandswaard</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
             <text:p text:style-name="P9">Aangemaakt op:</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
             <text:p text:style-name="P14"/>
           </table:table-cell>
         </table:table-row>
         <table:table-row table:style-name="Table1.2">
           <table:covered-table-cell table:style-name="Table1.A1"/>
           <table:covered-table-cell table:style-name="Table1.A1"/>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
-            <text:p text:style-name="P10">28-11-2025 22:54</text:p>
+            <text:p text:style-name="P10">29-11-2025 06:22</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table1.A1" office:value-type="string">
             <text:p text:style-name="P14">
               <text:bookmark text:name="_Hlk112835992"/>
             </text:p>
           </table:table-cell>
         </table:table-row>
       </table:table>
       <text:p text:style-name="P15"/>
       <text:p text:style-name="P15">
         <draw:frame draw:style-name="fr3" draw:name="Image2" text:anchor-type="char" svg:x="0in" svg:y="0.0008in" svg:width="6.6764in" svg:height="0.0161in" draw:z-index="0">
           <draw:image xlink:href="Pictures/10000001000005A200000002F2BB9C19.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
         </draw:frame>
       </text:p>
       <table:table table:name="Table2" table:style-name="Table2">
         <table:table-column table:style-name="Table2.A"/>
         <table:table-column table:style-name="Table2.B"/>
         <table:table-row table:style-name="Table2.1">
           <table:table-cell table:style-name="Table2.A1" office:value-type="string">
             <text:p text:style-name="P6">Raadsbesluiten</text:p>
           </table:table-cell>
           <table:table-cell table:style-name="Table2.A1" office:value-type="string">
             <text:p text:style-name="P7">
               <draw:frame draw:style-name="fr2" draw:name="Image3" text:anchor-type="char" svg:x="2.2173in" svg:y="0.0189in" svg:width="0.1862in" svg:height="0.1862in" draw:z-index="29">
                 <draw:image xlink:href="Pictures/100000010000080000000800C9F7B2FE.png" xlink:type="simple" xlink:show="embed" xlink:actuate="onLoad" draw:mime-type="image/png"/>
@@ -912,51 +912,51 @@
       <config:config-item config:name="GutterAtTop" config:type="boolean">false</config:config-item>
       <config:config-item config:name="ContinuousEndnotes" config:type="boolean">true</config:config-item>
       <config:config-item config:name="FrameAutowidthWithMorePara" config:type="boolean">true</config:config-item>
       <config:config-item config:name="SubtractFlysAnchoredAtFlys" config:type="boolean">false</config:config-item>
       <config:config-item config:name="SurroundTextWrapSmall" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintControls" config:type="boolean">true</config:config-item>
       <config:config-item config:name="TreatSingleColumnBreakAsPageBreak" config:type="boolean">false</config:config-item>
       <config:config-item config:name="TabOverSpacing" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AutoFirstLineIndentDisregardLineSpace" config:type="boolean">true</config:config-item>
       <config:config-item config:name="TabOverMargin" config:type="boolean">true</config:config-item>
       <config:config-item config:name="EmbedComplexScriptFonts" config:type="boolean">true</config:config-item>
       <config:config-item config:name="EmbedAsianScriptFonts" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintTextPlaceholder" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmbedSystemFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmbedFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="DisableOffPagePositioning" config:type="boolean">false</config:config-item>
       <config:config-item config:name="BackgroundParaOverDrawings" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AllowPrintJobCancel" config:type="boolean">true</config:config-item>
       <config:config-item config:name="AddVerticalFrameOffsets" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ProtectBookmarks" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AddFrameOffsets" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintBlackFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="TableRowKeep" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ApplyParagraphMarkFormatToNumbering" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrinterIndependentLayout" config:type="string">high-resolution</config:config-item>
-      <config:config-item config:name="RsidRoot" config:type="int">1647660</config:config-item>
+      <config:config-item config:name="RsidRoot" config:type="int">615131</config:config-item>
       <config:config-item config:name="PrintProspect" config:type="boolean">false</config:config-item>
       <config:config-item config:name="CollapseEmptyCellPara" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintPaperFromSetup" config:type="boolean">false</config:config-item>
       <config:config-item config:name="CurrentDatabaseCommand" config:type="string"/>
       <config:config-item config:name="CurrentDatabaseDataSource" config:type="string"/>
       <config:config-item config:name="SaveThumbnail" config:type="boolean">true</config:config-item>
       <config:config-item config:name="EmbeddedDatabaseName" config:type="string"/>
       <config:config-item config:name="UnbreakableNumberings" config:type="boolean">true</config:config-item>
       <config:config-item config:name="SaveGlobalDocumentLinks" config:type="boolean">false</config:config-item>
       <config:config-item config:name="MsWordCompTrailingBlanks" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintTables" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrintLeftPages" config:type="boolean">true</config:config-item>
       <config:config-item config:name="AddParaTableSpacing" config:type="boolean">false</config:config-item>
       <config:config-item config:name="PrinterPaperFromSetup" config:type="boolean">false</config:config-item>
       <config:config-item config:name="CurrentDatabaseCommandType" config:type="int">0</config:config-item>
       <config:config-item config:name="ChartAutoUpdate" config:type="boolean">true</config:config-item>
       <config:config-item config:name="OutlineLevelYieldsNumbering" config:type="boolean">false</config:config-item>
       <config:config-item config:name="UseOldNumbering" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AddParaSpacingToTableCells" config:type="boolean">true</config:config-item>
       <config:config-item config:name="FieldAutoUpdate" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PropLineSpacingShrinksFirstLine" config:type="boolean">true</config:config-item>
       <config:config-item config:name="TabAtLeftIndentForParagraphsInList" config:type="boolean">false</config:config-item>
       <config:config-item config:name="PrintRightPages" config:type="boolean">true</config:config-item>
       <config:config-item config:name="DoNotCaptureDrawObjsOnPage" config:type="boolean">false</config:config-item>
       <config:config-item config:name="LoadReadonly" config:type="boolean">false</config:config-item>
@@ -974,51 +974,51 @@
       <config:config-item config:name="CharacterCompressionType" config:type="short">0</config:config-item>
       <config:config-item config:name="IsLabelDocument" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmbedLatinScriptFonts" config:type="boolean">true</config:config-item>
       <config:config-item config:name="PrinterSetup" config:type="base64Binary"/>
       <config:config-item config:name="EmbedOnlyUsedFonts" config:type="boolean">false</config:config-item>
       <config:config-item config:name="ApplyUserData" config:type="boolean">true</config:config-item>
       <config:config-item config:name="AddParaTableSpacingAtStart" config:type="boolean">true</config:config-item>
       <config:config-item config:name="InvertBorderSpacing" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ProtectFields" config:type="boolean">false</config:config-item>
       <config:config-item config:name="AddExternalLeading" config:type="boolean">true</config:config-item>
       <config:config-item config:name="LinkUpdateMode" config:type="short">1</config:config-item>
       <config:config-item config:name="UseFormerObjectPositioning" config:type="boolean">false</config:config-item>
       <config:config-item config:name="UnxForceZeroExtLeading" config:type="boolean">false</config:config-item>
       <config:config-item config:name="UseFormerTextWrapping" config:type="boolean">false</config:config-item>
       <config:config-item config:name="ConsiderTextWrapOnObjPos" config:type="boolean">true</config:config-item>
       <config:config-item config:name="StylesNoDefault" config:type="boolean">false</config:config-item>
       <config:config-item config:name="IgnoreFirstLineIndentInNumbering" config:type="boolean">false</config:config-item>
       <config:config-item config:name="EmptyDbFieldHidesPara" config:type="boolean">true</config:config-item>
       <config:config-item config:name="DoNotResetParaAttrsForNumFont" config:type="boolean">false</config:config-item>
       <config:config-item config:name="IgnoreTabsAndBlanksForLineCalculation" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ClipAsCharacterAnchoredWriterFlyFrames" config:type="boolean">false</config:config-item>
       <config:config-item config:name="DropCapPunctuation" config:type="boolean">true</config:config-item>
       <config:config-item config:name="UseOldPrinterMetrics" config:type="boolean">false</config:config-item>
       <config:config-item config:name="RedlineProtectionKey" config:type="base64Binary"/>
       <config:config-item config:name="TabsRelativeToIndent" config:type="boolean">false</config:config-item>
-      <config:config-item config:name="Rsid" config:type="int">1647660</config:config-item>
+      <config:config-item config:name="Rsid" config:type="int">615131</config:config-item>
       <config:config-item config:name="UpdateFromTemplate" config:type="boolean">true</config:config-item>
       <config:config-item config:name="ProtectForm" config:type="boolean">false</config:config-item>
       <config:config-item config:name="FloattableNomargins" config:type="boolean">false</config:config-item>
       <config:config-item config:name="MsWordCompMinLineHeightByFly" config:type="boolean">false</config:config-item>
       <config:config-item config:name="SmallCapsPercentage66" config:type="boolean">false</config:config-item>
       <config:config-item config:name="TabOverflow" config:type="boolean">true</config:config-item>
     </config:config-item-set>
   </office:settings>
 </office:document-settings>
 </file>
 
 <file path=styles.xml><?xml version="1.0" encoding="utf-8"?>
 <office:document-styles xmlns:css3t="http://www.w3.org/TR/css3-text/" xmlns:grddl="http://www.w3.org/2003/g/data-view#" xmlns:xhtml="http://www.w3.org/1999/xhtml" xmlns:dom="http://www.w3.org/2001/xml-events" xmlns:script="urn:oasis:names:tc:opendocument:xmlns:script:1.0" xmlns:form="urn:oasis:names:tc:opendocument:xmlns:form:1.0" xmlns:math="http://www.w3.org/1998/Math/MathML" xmlns:office="urn:oasis:names:tc:opendocument:xmlns:office:1.0" xmlns:ooo="http://openoffice.org/2004/office" xmlns:fo="urn:oasis:names:tc:opendocument:xmlns:xsl-fo-compatible:1.0" xmlns:ooow="http://openoffice.org/2004/writer" xmlns:xlink="http://www.w3.org/1999/xlink" xmlns:drawooo="http://openoffice.org/2010/draw" xmlns:oooc="http://openoffice.org/2004/calc" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:calcext="urn:org:documentfoundation:names:experimental:calc:xmlns:calcext:1.0" xmlns:style="urn:oasis:names:tc:opendocument:xmlns:style:1.0" xmlns:text="urn:oasis:names:tc:opendocument:xmlns:text:1.0" xmlns:of="urn:oasis:names:tc:opendocument:xmlns:of:1.2" xmlns:tableooo="http://openoffice.org/2009/table" xmlns:draw="urn:oasis:names:tc:opendocument:xmlns:drawing:1.0" xmlns:dr3d="urn:oasis:names:tc:opendocument:xmlns:dr3d:1.0" xmlns:rpt="http://openoffice.org/2005/report" xmlns:svg="urn:oasis:names:tc:opendocument:xmlns:svg-compatible:1.0" xmlns:chart="urn:oasis:names:tc:opendocument:xmlns:chart:1.0" xmlns:officeooo="http://openoffice.org/2009/office" xmlns:table="urn:oasis:names:tc:opendocument:xmlns:table:1.0" xmlns:meta="urn:oasis:names:tc:opendocument:xmlns:meta:1.0" xmlns:loext="urn:org:documentfoundation:names:experimental:office:xmlns:loext:1.0" xmlns:number="urn:oasis:names:tc:opendocument:xmlns:datastyle:1.0" xmlns:field="urn:openoffice:names:experimental:ooo-ms-interop:xmlns:field:1.0" office:version="1.3">
   <office:font-face-decls>
     <style:font-face style:name="Arial" svg:font-family="Arial" style:font-family-generic="swiss" style:font-pitch="variable"/>
     <style:font-face style:name="Courier New" svg:font-family="'Courier New'" style:font-pitch="variable"/>
     <style:font-face style:name="Courier New1" svg:font-family="'Courier New'" style:font-family-generic="roman" style:font-pitch="variable"/>
     <style:font-face style:name="DejaVu Sans" svg:font-family="'DejaVu Sans'" style:font-pitch="variable"/>
     <style:font-face style:name="DejaVu Sans1" svg:font-family="'DejaVu Sans'" style:font-family-generic="system" style:font-pitch="variable"/>
     <style:font-face style:name="F" svg:font-family="" style:font-pitch="variable"/>
     <style:font-face style:name="Liberation Sans" svg:font-family="'Liberation Sans', Arial" style:font-family-generic="swiss" style:font-pitch="variable"/>
     <style:font-face style:name="Liberation Serif" svg:font-family="'Liberation Serif'" style:font-family-generic="roman" style:font-pitch="variable"/>
     <style:font-face style:name="Noto Sans Devanagari" svg:font-family="'Noto Sans Devanagari'" style:font-pitch="variable"/>
     <style:font-face style:name="Noto Sans Devanagari1" svg:font-family="'Noto Sans Devanagari'" style:font-family-generic="swiss"/>
     <style:font-face style:name="Noto Sans Devanagari2" svg:font-family="'Noto Sans Devanagari'" style:font-family-generic="system" style:font-pitch="variable"/>